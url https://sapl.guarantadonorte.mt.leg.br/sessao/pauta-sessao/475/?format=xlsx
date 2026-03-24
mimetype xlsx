--- v0 (2026-02-05)
+++ v1 (2026-03-24)
@@ -105,51 +105,51 @@
   <si>
     <t>Denomina como Rua Quintino Silva, a atual rua 02, localizada no Bairro Jardim Itália II, no município de Guarantã do Norte–MT, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 1 de 2026</t>
   </si>
   <si>
     <t>Silvio Dutra</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para o repasse integral do Incentivo Financeiro Adicional (IFA), recebido da União, aos Agentes Comunitários de Saúde (ACS) e aos Agentes de Combate às Endemias (ACE), e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 2 de 2026</t>
   </si>
   <si>
     <t>Reconhece de Utilidade Pública a Associação dos Pequenos Produtores Rurais de São Cristóvão, com sede no município de Guarantã do Norte–MT, e dá outras providências.</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo nº 4 de 2026</t>
   </si>
   <si>
     <t>Zilmar</t>
   </si>
   <si>
-    <t>Altera o inciso I do art. 3º da Lei Municipal n.º 2.443/2025, de 04 de abril de 2025.</t>
+    <t>Projeto de Lei do Legislativo  N°004/2026  de 27 de janeiro de 2026 que "Altera o inciso I do art. 3º da Lei Municipal n.º 2.443/2025, de 04 de abril de 2025".</t>
   </si>
   <si>
     <t>Projeto de Resolução nº 1 de 2026</t>
   </si>
   <si>
     <t>Celso Henrique</t>
   </si>
   <si>
     <t>Cria a Comissão Parlamentar de Inquérito - CPI para investigar suposta irregularidades nas obras das Escolas Albert Einstein e Guarantã, durante a execução dos Contratos Administrativos n.º 179/2022, 197/2022 e 051/2023.</t>
   </si>
   <si>
     <t>Indicação nº 1 de 2026</t>
   </si>
   <si>
     <t>Que seja apresentada e executada programação técnica para a continuidade da pista de caminhada no Bairro Jardim Itália, conforme demonstrado nas fotos anexas, garantindo que a pista siga de forma contínua, funcional e sem interferências, cumprindo corretamente sua finalidade como equipamento público destinado à prática de atividades físicas. Indico ainda que, se possível, seja viabilizada, em conjunto com a Secretaria Municipal de Educação, a instalação de um parquinho infantil na localidade indicada, especificamente na rotatória demonstrada na foto em anexo.</t>
   </si>
   <si>
     <t>Indicação nº 2 de 2026</t>
   </si>
   <si>
     <t>Que determine aos setores competentes do Poder Executivo a adoção de medidas integradas e eficazes para solucionar o problema do lixo espalhado nas vias públicas após a coleta domiciliar, agravado pela presença de cães soltos, bem como os impactos ambientais e sanitários decorrentes dessa situação.</t>
   </si>
   <si>
     <t>Indicação nº 3 de 2026</t>
   </si>